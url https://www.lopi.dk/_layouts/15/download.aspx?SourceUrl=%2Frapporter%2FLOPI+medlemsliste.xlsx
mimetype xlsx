--- v0 (2025-10-14)
+++ v1 (2026-02-01)
@@ -12,74 +12,74 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://intern.lopi.dk/Rapporter/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0FD976C-13C5-4859-884C-8AA507BE8A22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D09C48D0-1D7D-4997-A0A2-6A25DBC3ED01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="51420" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="owssvr" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="owssvr" localSheetId="0" hidden="1">owssvr!$A$1:$I$42</definedName>
+    <definedName name="owssvr" localSheetId="0" hidden="1">owssvr!$A$1:$I$40</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" odcFile="C:\Users\b279508\AppData\Local\Microsoft\Windows\INetCache\IE\I82FRP62\owssvr.iqy" keepAlive="1" name="owssvr" type="5" refreshedVersion="6" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{4755848A-6402-483A-8FC7-BAF783422557}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{17E31AA6-5BEA-4644-BCDC-EB56AFE479C9}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://tintern.lopi.dk/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/Lists/Medlemmer&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="244">
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Postnr</t>
   </si>
   <si>
     <t>By</t>
   </si>
   <si>
     <t>Land</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Hjemmeside</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -331,68 +331,50 @@
   <si>
     <t>klim@klimsparekasse.dk</t>
   </si>
   <si>
     <t>www.klimsparekasse.dk</t>
   </si>
   <si>
     <t>Kreditbanken</t>
   </si>
   <si>
     <t>H. P. Hanssens Gade 17</t>
   </si>
   <si>
     <t>DK - 6200</t>
   </si>
   <si>
     <t>Aabenraa</t>
   </si>
   <si>
     <t>aab@kreditbanken.dk</t>
   </si>
   <si>
     <t>www.kreditbanken.dk</t>
   </si>
   <si>
-    <t>Leasing Fyn Bank</t>
-[...16 lines deleted...]
-  <si>
     <t>Lollands Bank</t>
   </si>
   <si>
     <t>Nybrogade 3</t>
   </si>
   <si>
     <t>DK - 4900</t>
   </si>
   <si>
     <t>Nakskov</t>
   </si>
   <si>
     <t>nakskov@lobk.dk</t>
   </si>
   <si>
     <t>www.lollandsbank.dk</t>
   </si>
   <si>
     <t>Lægernes Bank</t>
   </si>
   <si>
     <t>Dirch Passers Allé 76</t>
   </si>
   <si>
     <t>DK - 2000</t>
@@ -703,150 +685,132 @@
   <si>
     <t>ss@ss.fo</t>
   </si>
   <si>
     <t>www.ss.fo</t>
   </si>
   <si>
     <t>Sønderhå-Hørsted Sparekasse</t>
   </si>
   <si>
     <t>Legindvej 86</t>
   </si>
   <si>
     <t>DK - 7752</t>
   </si>
   <si>
     <t>Snedsted</t>
   </si>
   <si>
     <t>sdrhaa@sdrhaa.dk</t>
   </si>
   <si>
     <t>www.sdrhaa.dk</t>
   </si>
   <si>
-    <t>vestjyskBANK</t>
-[...7 lines deleted...]
-  <si>
     <t>Bernhard Bangs Alle 27</t>
   </si>
   <si>
     <t>Dannebrogsgade 1</t>
   </si>
   <si>
     <t>DK - 5000</t>
   </si>
   <si>
     <t>Odense C</t>
   </si>
   <si>
     <t>Coop Bank</t>
   </si>
   <si>
     <t>DK - 2620</t>
   </si>
   <si>
     <t>Albertslund</t>
   </si>
   <si>
     <t>direktion@coopbank.dk</t>
   </si>
   <si>
     <t>www.coopbank.dk</t>
   </si>
   <si>
     <t>Roskildevej 65</t>
   </si>
   <si>
     <t>Rise Sparekasse</t>
   </si>
   <si>
-    <t xml:space="preserve">DK - 7400 </t>
-[...4 lines deleted...]
-  <si>
     <t>Sparekassen Danmark</t>
   </si>
   <si>
     <t>Suduroyar Sparikassi</t>
   </si>
   <si>
     <t>mail@spard.dk</t>
   </si>
   <si>
     <t>www.spard.dk</t>
   </si>
   <si>
     <t>Nordoya Sparikassi</t>
   </si>
   <si>
     <t>Sydjysk Sparekasse</t>
   </si>
   <si>
     <t>post@sparekassen.dk</t>
   </si>
   <si>
     <t>www.sparekassen.dk</t>
   </si>
   <si>
     <t>Føroya Banki</t>
   </si>
   <si>
     <t>kundi@bankin.fo</t>
   </si>
   <si>
     <t>www.bankin.fo</t>
   </si>
   <si>
     <t>info@sjspar.dk</t>
   </si>
   <si>
     <t>www.sydjysksparekasse.dk</t>
   </si>
   <si>
     <t>SJF Bank</t>
   </si>
   <si>
     <t>SJF Bank A/S</t>
   </si>
   <si>
     <t>www.sjfbank.dk</t>
   </si>
   <si>
     <t>info@sjfbank.dk</t>
-  </si>
-[...1 lines deleted...]
-    <t>Industrivej Syd 13C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -1429,54 +1393,54 @@
       <queryTableField id="1" name="Titel" tableColumnId="1"/>
       <queryTableField id="2" name="Adresse" tableColumnId="2"/>
       <queryTableField id="3" name="Postnr" tableColumnId="3"/>
       <queryTableField id="4" name="By" tableColumnId="4"/>
       <queryTableField id="5" name="Land" tableColumnId="5"/>
       <queryTableField id="8" name="Type" tableColumnId="6"/>
       <queryTableField id="9" name="Institut" tableColumnId="7"/>
       <queryTableField id="6" name="E-mail" tableColumnId="10"/>
       <queryTableField id="7" name="Hjemmeside" tableColumnId="11"/>
     </queryTableFields>
     <queryTableDeletedFields count="4">
       <deletedField name="Breddegrad"/>
       <deletedField name="Længdegrad"/>
       <deletedField name="Elementtype"/>
       <deletedField name="Sti"/>
     </queryTableDeletedFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabel_owssvr" displayName="Tabel_owssvr" ref="A1:I42" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A42"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabel_owssvr" displayName="Tabel_owssvr" ref="A1:I40" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:I40" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I40">
+    <sortCondition ref="A1:A40"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" uniqueName="Title" name="Titel" queryTableFieldId="1" dataDxfId="8"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" uniqueName="LPAdresse" name="Adresse" queryTableFieldId="2" dataDxfId="7"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" uniqueName="LPZip" name="Postnr" queryTableFieldId="3" dataDxfId="6"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" uniqueName="LPBy" name="By" queryTableFieldId="4" dataDxfId="5"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" uniqueName="LPLand" name="Land" queryTableFieldId="5" dataDxfId="4"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" uniqueName="LPType" name="Type" queryTableFieldId="8" dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" uniqueName="LPInstitut" name="Institut" queryTableFieldId="9" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" uniqueName="LPEmail" name="E-mail" queryTableFieldId="6" dataDxfId="1"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" uniqueName="LPWww" name="Hjemmeside" queryTableFieldId="7" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium4" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Kontor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1716,54 +1680,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sjfbank.dk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:post@sparekassen.dk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sjfbank.dk/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@spard.dk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.spard.dk/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sydjysksparekasse.dk/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sjspar.dk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sparekassen.dk/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L42"/>
+  <dimension ref="A1:L40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A27" sqref="A27"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="34.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.36328125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.81640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.81640625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7265625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="34.1796875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="38.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.36328125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1825,75 +1789,75 @@
       </c>
       <c r="C3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="H4" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="I4" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="1" t="s">
@@ -2060,101 +2024,101 @@
       </c>
       <c r="D11" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>70</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>71</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="L13" s="3"/>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>73</v>
       </c>
@@ -2409,630 +2373,572 @@
       </c>
       <c r="D23" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>132</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>135</v>
+        <v>217</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>136</v>
+        <v>218</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>137</v>
+        <v>219</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H25" s="1" t="s">
+      <c r="I25" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>242</v>
+        <v>142</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>242</v>
+        <v>142</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>146</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>148</v>
+        <v>226</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>152</v>
+        <v>233</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>153</v>
+        <v>234</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>235</v>
+        <v>151</v>
       </c>
       <c r="B28" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="E28" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="I28" s="1" t="s">
         <v>156</v>
-      </c>
-[...13 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>157</v>
+        <v>240</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>159</v>
+        <v>187</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>157</v>
-[...5 lines deleted...]
-        <v>162</v>
+        <v>241</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>251</v>
+        <v>157</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>193</v>
+        <v>45</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>194</v>
+        <v>46</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>252</v>
-[...5 lines deleted...]
-        <v>253</v>
+        <v>157</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>165</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>170</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
-        <v>173</v>
+        <v>227</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>174</v>
+        <v>195</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>176</v>
+        <v>197</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>179</v>
+        <v>227</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>177</v>
+        <v>229</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>178</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>238</v>
+        <v>174</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>201</v>
+        <v>175</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>202</v>
+        <v>176</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>203</v>
+        <v>177</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>238</v>
+        <v>174</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>240</v>
+        <v>178</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>241</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>180</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>184</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H36" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H37" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A38" s="1" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>208</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>239</v>
-      </c>
-[...22 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>55</v>
+        <v>211</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>56</v>
+        <v>212</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>57</v>
+        <v>213</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>249</v>
+        <v>214</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>250</v>
-[...57 lines deleted...]
-        <v>224</v>
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="I34" r:id="rId1" xr:uid="{43288718-B0F4-4A60-B161-26C2E5A16FEF}"/>
-[...6 lines deleted...]
-    <hyperlink ref="H30" r:id="rId8" xr:uid="{BD7D4113-F913-4BBD-958F-61019754A801}"/>
+    <hyperlink ref="I33" r:id="rId1" xr:uid="{43288718-B0F4-4A60-B161-26C2E5A16FEF}"/>
+    <hyperlink ref="H33" r:id="rId2" xr:uid="{9E3DE9BA-AA09-445B-A216-6A2D1D9D55AA}"/>
+    <hyperlink ref="H27" r:id="rId3" xr:uid="{967F57D1-87CB-4A56-94E6-CAF2B90F84EF}"/>
+    <hyperlink ref="I27" r:id="rId4" xr:uid="{3B71C7DE-B997-46C0-94BD-42C21AEC06A5}"/>
+    <hyperlink ref="H39" r:id="rId5" display="mailto:info@sjspar.dk" xr:uid="{7EFD2AAC-1D49-409B-A0C5-D4F484CA0839}"/>
+    <hyperlink ref="I39" r:id="rId6" xr:uid="{973B66DA-4A1E-4E8E-9965-B51D85FFF5F6}"/>
+    <hyperlink ref="I29" r:id="rId7" xr:uid="{04DA2C93-49EA-480A-B14A-BC0AB806A877}"/>
+    <hyperlink ref="H29" r:id="rId8" xr:uid="{BD7D4113-F913-4BBD-958F-61019754A801}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId9"/>
   <tableParts count="1">
     <tablePart r:id="rId10"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100184077D48A231F40B081ADD67E8C6D52" ma:contentTypeVersion="1" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="004cab5dd22e205b6eeb38e6213e847f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="17375187-1b3a-4c22-8e85-b622ad737059" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c41397f19a7e898e9c3af216c21a7953" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100184077D48A231F40B081ADD67E8C6D52" ma:contentTypeVersion="1" ma:contentTypeDescription="Opret et nyt dokument." ma:contentTypeScope="" ma:versionID="09e32e9ad68888b9c7b51b0672b55ccf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="17375187-1b3a-4c22-8e85-b622ad737059" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a15476357a04c4349dea31618d1c2eba" ns2:_="">
     <xsd:import namespace="17375187-1b3a-4c22-8e85-b622ad737059"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17375187-1b3a-4c22-8e85-b622ad737059" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Delt med" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
@@ -3142,87 +3048,87 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47A0165E-E900-45A7-BAD2-BB8F4ADD0048}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62868530-14D0-4060-8CE2-22365CB593AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="17375187-1b3a-4c22-8e85-b622ad737059"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10ED045F-5D45-434C-9E43-7822ACA3DF1F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{912F4A3A-601B-4D20-841B-B526D57812A2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="17375187-1b3a-4c22-8e85-b622ad737059"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>owssvr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>